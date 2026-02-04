--- v0 (2025-10-04)
+++ v1 (2026-02-04)
@@ -44,51 +44,51 @@
   <si>
     <t>Position</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Mr Viktor Oroszi</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Ministry of Foreign Affairs and Trade</t>
   </si>
   <si>
     <t>viktor.oroszi@mfa.gov.hu</t>
   </si>
   <si>
-    <t>Mr Laszlo Balatonyi</t>
+    <t>Mr László Balatonyi</t>
   </si>
   <si>
     <t>Environmental Risks Priority Area Co-coordinator; Head of Flood Protection Department, Deputy-leader of the National Technical Coordination Unit</t>
   </si>
   <si>
     <t>Ministry of Foreign Affairs and Trade, Directorate General of Water Management</t>
   </si>
   <si>
     <t>balatonyi.laszlo@ovf.hu</t>
   </si>
   <si>
     <t>Mr Martin Róbert Kiss</t>
   </si>
   <si>
     <t>Martin.Robert.Kiss@mfa.gov.hu</t>
   </si>
   <si>
     <t>Ms Kinga Perge</t>
   </si>
   <si>
     <t>Ministry of Foreign Affairs and Trade, Department for Water Diplomacy and the Danube Region Strategy</t>
   </si>
   <si>
     <t>Kinga.Perge@mfa.gov.hu</t>
   </si>